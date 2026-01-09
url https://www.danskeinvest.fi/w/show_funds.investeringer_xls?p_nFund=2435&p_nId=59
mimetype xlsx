--- v0 (2025-11-06)
+++ v1 (2026-01-09)
@@ -13,51 +13,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4515"/>
   <workbookPr date1904="false" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="120" windowWidth="28695" windowHeight="14310"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="297" uniqueCount="297">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="302" uniqueCount="302">
   <si>
     <t xml:space="preserve">Pvm</t>
   </si>
   <si>
     <t xml:space="preserve">Arvopaperi</t>
   </si>
   <si>
     <t xml:space="preserve">ISIN-koodi</t>
   </si>
   <si>
     <t xml:space="preserve">Tyyppi</t>
   </si>
   <si>
     <t xml:space="preserve">Valuutta</t>
   </si>
   <si>
     <t xml:space="preserve">Maa</t>
   </si>
   <si>
     <t xml:space="preserve">%-osuus</t>
   </si>
   <si>
     <t xml:space="preserve">BUNDESSCHATZANWEISUNGEN 1.7% 10.06.2027</t>
   </si>
   <si>
@@ -78,917 +78,933 @@
   <si>
     <t xml:space="preserve">ES0000012L78</t>
   </si>
   <si>
     <t xml:space="preserve">Korkosijoitukset</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Espanja </t>
   </si>
   <si>
     <t xml:space="preserve">EUROPEAN UNION 1.625% 04.12.2029</t>
   </si>
   <si>
     <t xml:space="preserve">EU000A3K7MW2</t>
   </si>
   <si>
     <t xml:space="preserve">Korkosijoitukset</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
+    <t xml:space="preserve">Luxemburg </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRANCE (GOVT OF) 1.75% 25.06.2039</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0013234333</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ranska </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXPORT DEVELOPMNT CANADA 2.625% 18.01.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2748850687</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUONI POLIENNALI DEL TES 0.5% 01.02.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0005419848</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BONOS Y OBLIG DEL ESTADO 2.7% 31.01.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0000012O00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Espanja </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KFW 2.625% 26.04.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000A382475</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saksa </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUONI POLIENNALI DEL TES 1.25% 01.12.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0005210650</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUONI POLIENNALI DEL TES 3.45% 01.03.2048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0005273013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUONI POLIENNALI DEL TES 2.95% 01.09.2038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0005321325</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BONOS Y OBLIG DEL ESTADO 4.2% 31.01.2037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0000012932</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Espanja </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUROPEAN INVESTMENT BANK 2.25% 14.12.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EU000A3L4C16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luxemburg </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNICREDIT BANK GMBH 0.01% 15.09.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000HV2ATM6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saksa </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRANCE (GOVT OF) 3% 25.05.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR001400H7V7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ranska </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRANCE (GOVT OF) 0% 25.02.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0014003513</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ranska </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUONI POLIENNALI DEL TES 2.45% 01.09.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0005240350</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRENCH DISCOUNT T-BILL 0% 18.02.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0129287241</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ranska </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROYAL BANK OF CANADA 3.5% 25.07.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2656481004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRENCH DISCOUNT T-BILL 0% 31.12.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0128690742</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ranska </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRANCE (GOVT OF) 0.5% 25.06.2044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0014002JM6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ranska </t>
+  </si>
+  <si>
+    <t xml:space="preserve">OP MORTGAGE BANK 0.625% 15.02.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1951927158</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Suomi </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUONI POLIENNALI DEL TES 4% 30.10.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0005542359</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SWEDISH COVERED BOND 0.375% 05.06.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2007244614</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ruotsi </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BELGIUM KINGDOM 2.85% 22.10.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0000360694</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Belgia </t>
   </si>
   <si>
-    <t xml:space="preserve">FRANCE (GOVT OF) 1.75% 25.06.2039</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">FR0013234333</t>
+    <t xml:space="preserve">FINNISH GOVERNMENT 3% 15.09.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI4000550249</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Suomi </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IRELAND GOVERNMENT BOND 2.6% 18.10.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE000LQ7YWY4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Irlanti </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DZ HYP AG 2.75% 28.02.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000A351XU7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saksa </t>
+  </si>
+  <si>
+    <t xml:space="preserve">OBRIGACOES DO TESOURO 2.875% 20.10.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PTOTESOE0021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Portugali </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUONI POLIENNALI DEL TES 2% 01.02.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0005323032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NETHERLANDS GOVERNMENT 2.5% 15.07.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0015001XZ6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alankomaat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BELGIUM KINGDOM 3.3% 22.06.2054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0000358672</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BELGIUM KINGDOM 0.9% 22.06.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0000347568</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUNGARY 4% 25.07.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2753429047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Unkari </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BONOS Y OBLIG DEL ESTADO 2.7% 31.10.2048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0000012B47</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Espanja </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF AUSTRIA 3.15% 20.10.2053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AT0000A33SK7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Itävalta </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BONOS Y OBLIG DEL ESTADO 1.9% 31.10.2052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0000012K46</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Espanja </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NETHERLANDS GOVERNMENT 2% 15.01.2054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL00150012X2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alankomaat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUONI POLIENNALI DEL TES 2.45% 01.09.2050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0005398406</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRANCE (GOVT OF) 0.75% 25.05.2053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0014004J31</t>
   </si>
   <si>
     <t xml:space="preserve">Korkosijoitukset</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Ranska </t>
   </si>
   <si>
-    <t xml:space="preserve">EXPORT DEVELOPMNT CANADA 2.625% 18.01.2029</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">XS2748850687</t>
+    <t xml:space="preserve">REPUBLIC OF AUSTRIA 2.9% 20.02.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AT0000A39UW5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Itävalta </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF POLAND 2.75% 25.05.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2447602793</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Puola </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NATIONAL AUSTRALIA BANK 3.146% 05.02.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2758930569</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FED CAISSES DESJARDINS 3.125% 30.05.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2829867527</t>
   </si>
   <si>
     <t xml:space="preserve">Korkosijoitukset</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Kanada </t>
   </si>
   <si>
-    <t xml:space="preserve">BUONI POLIENNALI DEL TES 0.5% 01.02.2026</t>
-[...35 lines deleted...]
-    <t xml:space="preserve">Korkosijoitukset</t>
+    <t xml:space="preserve">SANTANDER UK PLC 3.125% 12.05.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2823118018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Iso-Britannia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">YORKSHIRE BUILDING SOC 3% 16.04.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2802587258</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Iso-Britannia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMANIA 5.625% 22.02.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2770921315</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romania </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITED MEXICAN STATES 4.5% 19.03.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3185370973</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Meksiko </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF CHILE 3.875% 09.07.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2856800938</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chile </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRANCE (GOVT OF) 0.5% 25.05.2072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0014001NN8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ranska </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRANCE (GOVT OF) 1.75% 25.05.2066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0013154028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ranska </t>
+  </si>
+  <si>
+    <t xml:space="preserve">OBRIGACOES DO TESOURO 1% 12.04.2052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PTOTECOE0037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Korkosijoitukset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Portugali </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Euro-Bund 10Y Future DEC 25 (RXZ5)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000F1ZLHP8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Future</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Saksa </t>
   </si>
   <si>
-    <t xml:space="preserve">BUONI POLIENNALI DEL TES 1.25% 01.12.2026</t>
-[...80 lines deleted...]
-    <t xml:space="preserve">Korkosijoitukset</t>
+    <t xml:space="preserve">Euro-Bobl 5Y Future DEC 25 (OEZ5)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000F1ZLHQ6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Future</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Saksa </t>
   </si>
   <si>
-    <t xml:space="preserve">FRANCE (GOVT OF) 0% 25.02.2027</t>
-[...245 lines deleted...]
-    <t xml:space="preserve">Korkosijoitukset</t>
+    <t xml:space="preserve">Short Euro BTP 3Y Future DEC 25 (BTSZ5)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000F1ZLHM5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Future</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Saksa </t>
   </si>
   <si>
-    <t xml:space="preserve">BUONI POLIENNALI DEL TES 2% 01.02.2028</t>
-[...296 lines deleted...]
-    <t xml:space="preserve">Portugali </t>
+    <t xml:space="preserve">Euro-Schatz 2Y Future DEC 25 (DUZ5)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000F1ZLHR4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Future</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saksa </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Euro-BTP 10Y Future DEC 25 (IKZ5)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000F1ZLHN3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Future</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saksa </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Euro OAT Future DEC 25 (OATZ5)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000F1ZLHU8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Future</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saksa </t>
   </si>
   <si>
     <t xml:space="preserve">Euro-Buxl 30Y Future DEC 25 (UBZ5)</t>
   </si>
   <si>
     <t xml:space="preserve">DE000F1ZLHS2</t>
-  </si>
-[...88 lines deleted...]
-    <t xml:space="preserve">DE000F1ZLHQ6</t>
   </si>
   <si>
     <t xml:space="preserve">Future</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Saksa </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="165" formatCode="#0.00"/>
     <numFmt numFmtId="166" formatCode="dd.mm.yyyy"/>
   </numFmts>
   <fonts count="0">
     <font>
       <name val="Calibri"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="60">
+  <cellXfs count="61">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="165" xfId="0">
       <alignment wrapText="false"/>
     </xf>
+    <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
@@ -1344,1380 +1360,1403 @@
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1">
-        <v>13.079</v>
+        <v>13.025</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="1">
-        <v>5.77</v>
+        <v>5.604</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="1">
-        <v>5.577</v>
+        <v>5.571</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>26</v>
       </c>
       <c r="G5" s="1">
-        <v>4.089</v>
+        <v>4.131</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="1">
-        <v>3.179</v>
+        <v>3.172</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="1">
-        <v>3.094</v>
+        <v>3.08</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="8">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8" t="s">
         <v>39</v>
       </c>
       <c r="E8" t="s">
         <v>40</v>
       </c>
       <c r="F8" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="1">
-        <v>2.859</v>
+        <v>2.858</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="9">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
       <c r="C9" t="s">
         <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>44</v>
       </c>
       <c r="E9" t="s">
         <v>45</v>
       </c>
       <c r="F9" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="1">
-        <v>2.735</v>
+        <v>2.729</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="10">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
       <c r="C10" t="s">
         <v>48</v>
       </c>
       <c r="D10" t="s">
         <v>49</v>
       </c>
       <c r="E10" t="s">
         <v>50</v>
       </c>
       <c r="F10" t="s">
         <v>51</v>
       </c>
       <c r="G10" s="1">
-        <v>2.707</v>
+        <v>2.678</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="11">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B11" t="s">
         <v>52</v>
       </c>
       <c r="C11" t="s">
         <v>53</v>
       </c>
       <c r="D11" t="s">
         <v>54</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>56</v>
       </c>
       <c r="G11" s="1">
-        <v>2.616</v>
+        <v>2.673</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="12">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B12" t="s">
         <v>57</v>
       </c>
       <c r="C12" t="s">
         <v>58</v>
       </c>
       <c r="D12" t="s">
         <v>59</v>
       </c>
       <c r="E12" t="s">
         <v>60</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" s="1">
-        <v>2.542</v>
+        <v>2.58</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="13">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B13" t="s">
         <v>62</v>
       </c>
       <c r="C13" t="s">
         <v>63</v>
       </c>
       <c r="D13" t="s">
         <v>64</v>
       </c>
       <c r="E13" t="s">
         <v>65</v>
       </c>
       <c r="F13" t="s">
         <v>66</v>
       </c>
       <c r="G13" s="1">
-        <v>2.434</v>
+        <v>2.451</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="14">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B14" t="s">
         <v>67</v>
       </c>
       <c r="C14" t="s">
         <v>68</v>
       </c>
       <c r="D14" t="s">
         <v>69</v>
       </c>
       <c r="E14" t="s">
         <v>70</v>
       </c>
       <c r="F14" t="s">
         <v>71</v>
       </c>
       <c r="G14" s="1">
-        <v>2.175</v>
+        <v>2.174</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="15">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
       <c r="C15" t="s">
         <v>73</v>
       </c>
       <c r="D15" t="s">
         <v>74</v>
       </c>
       <c r="E15" t="s">
         <v>75</v>
       </c>
       <c r="F15" t="s">
         <v>76</v>
       </c>
       <c r="G15" s="1">
-        <v>2.168</v>
+        <v>2.165</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="16">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B16" t="s">
         <v>77</v>
       </c>
       <c r="C16" t="s">
         <v>78</v>
       </c>
       <c r="D16" t="s">
         <v>79</v>
       </c>
       <c r="E16" t="s">
         <v>80</v>
       </c>
       <c r="F16" t="s">
         <v>81</v>
       </c>
       <c r="G16" s="1">
-        <v>2.097</v>
+        <v>2.105</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="17">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B17" t="s">
         <v>82</v>
       </c>
       <c r="C17" t="s">
         <v>83</v>
       </c>
       <c r="D17" t="s">
         <v>84</v>
       </c>
       <c r="E17" t="s">
         <v>85</v>
       </c>
       <c r="F17" t="s">
         <v>86</v>
       </c>
       <c r="G17" s="1">
-        <v>2.091</v>
+        <v>2.088</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="18">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B18" t="s">
         <v>87</v>
       </c>
       <c r="C18" t="s">
         <v>88</v>
       </c>
       <c r="D18" t="s">
         <v>89</v>
       </c>
       <c r="E18" t="s">
         <v>90</v>
       </c>
       <c r="F18" t="s">
         <v>91</v>
       </c>
       <c r="G18" s="1">
-        <v>2.028</v>
+        <v>2.039</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="19">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B19" t="s">
         <v>92</v>
       </c>
       <c r="C19" t="s">
         <v>93</v>
       </c>
       <c r="D19" t="s">
         <v>94</v>
       </c>
       <c r="E19" t="s">
         <v>95</v>
       </c>
       <c r="F19" t="s">
         <v>96</v>
       </c>
       <c r="G19" s="1">
-        <v>2.025</v>
+        <v>2.018</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="20">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B20" t="s">
         <v>97</v>
       </c>
       <c r="C20" t="s">
         <v>98</v>
       </c>
       <c r="D20" t="s">
         <v>99</v>
       </c>
       <c r="E20" t="s">
         <v>100</v>
       </c>
       <c r="F20" t="s">
         <v>101</v>
       </c>
       <c r="G20" s="1">
-        <v>2.022</v>
+        <v>2.005</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="21">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B21" t="s">
         <v>102</v>
       </c>
       <c r="C21" t="s">
         <v>103</v>
       </c>
       <c r="D21" t="s">
         <v>104</v>
       </c>
       <c r="E21" t="s">
         <v>105</v>
       </c>
       <c r="F21" t="s">
         <v>106</v>
       </c>
       <c r="G21" s="1">
-        <v>2.008</v>
+        <v>1.993</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="22">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B22" t="s">
         <v>107</v>
       </c>
       <c r="C22" t="s">
         <v>108</v>
       </c>
       <c r="D22" t="s">
         <v>109</v>
       </c>
       <c r="E22" t="s">
         <v>110</v>
       </c>
       <c r="F22" t="s">
         <v>111</v>
       </c>
       <c r="G22" s="1">
-        <v>2.001</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="23">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B23" t="s">
         <v>112</v>
       </c>
       <c r="C23" t="s">
         <v>113</v>
       </c>
       <c r="D23" t="s">
         <v>114</v>
       </c>
       <c r="E23" t="s">
         <v>115</v>
       </c>
       <c r="F23" t="s">
         <v>116</v>
       </c>
       <c r="G23" s="1">
-        <v>1.91</v>
+        <v>1.829</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="24">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B24" t="s">
         <v>117</v>
       </c>
       <c r="C24" t="s">
         <v>118</v>
       </c>
       <c r="D24" t="s">
         <v>119</v>
       </c>
       <c r="E24" t="s">
         <v>120</v>
       </c>
       <c r="F24" t="s">
         <v>121</v>
       </c>
       <c r="G24" s="1">
-        <v>1.84</v>
+        <v>1.813</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="25">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B25" t="s">
         <v>122</v>
       </c>
       <c r="C25" t="s">
         <v>123</v>
       </c>
       <c r="D25" t="s">
         <v>124</v>
       </c>
       <c r="E25" t="s">
         <v>125</v>
       </c>
       <c r="F25" t="s">
         <v>126</v>
       </c>
       <c r="G25" s="1">
-        <v>1.83</v>
+        <v>1.798</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="26">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B26" t="s">
         <v>127</v>
       </c>
       <c r="C26" t="s">
         <v>128</v>
       </c>
       <c r="D26" t="s">
         <v>129</v>
       </c>
       <c r="E26" t="s">
         <v>130</v>
       </c>
       <c r="F26" t="s">
         <v>131</v>
       </c>
       <c r="G26" s="1">
-        <v>1.8</v>
+        <v>1.663</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="27">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B27" t="s">
         <v>132</v>
       </c>
       <c r="C27" t="s">
         <v>133</v>
       </c>
       <c r="D27" t="s">
         <v>134</v>
       </c>
       <c r="E27" t="s">
         <v>135</v>
       </c>
       <c r="F27" t="s">
         <v>136</v>
       </c>
       <c r="G27" s="1">
-        <v>1.703</v>
+        <v>1.499</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="28">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B28" t="s">
         <v>137</v>
       </c>
       <c r="C28" t="s">
         <v>138</v>
       </c>
       <c r="D28" t="s">
         <v>139</v>
       </c>
       <c r="E28" t="s">
         <v>140</v>
       </c>
       <c r="F28" t="s">
         <v>141</v>
       </c>
       <c r="G28" s="1">
-        <v>1.584</v>
+        <v>1.316</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="29">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B29" t="s">
         <v>142</v>
       </c>
       <c r="C29" t="s">
         <v>143</v>
       </c>
       <c r="D29" t="s">
         <v>144</v>
       </c>
       <c r="E29" t="s">
         <v>145</v>
       </c>
       <c r="F29" t="s">
         <v>146</v>
       </c>
       <c r="G29" s="1">
-        <v>1.497</v>
+        <v>1.267</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="30">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B30" t="s">
         <v>147</v>
       </c>
       <c r="C30" t="s">
         <v>148</v>
       </c>
       <c r="D30" t="s">
         <v>149</v>
       </c>
       <c r="E30" t="s">
         <v>150</v>
       </c>
       <c r="F30" t="s">
         <v>151</v>
       </c>
       <c r="G30" s="1">
-        <v>1.347</v>
+        <v>1.242</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="31">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B31" t="s">
         <v>152</v>
       </c>
       <c r="C31" t="s">
         <v>153</v>
       </c>
       <c r="D31" t="s">
         <v>154</v>
       </c>
       <c r="E31" t="s">
         <v>155</v>
       </c>
       <c r="F31" t="s">
         <v>156</v>
       </c>
       <c r="G31" s="1">
-        <v>1.268</v>
+        <v>1.238</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="32">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B32" t="s">
         <v>157</v>
       </c>
       <c r="C32" t="s">
         <v>158</v>
       </c>
       <c r="D32" t="s">
         <v>159</v>
       </c>
       <c r="E32" t="s">
         <v>160</v>
       </c>
       <c r="F32" t="s">
         <v>161</v>
       </c>
       <c r="G32" s="1">
-        <v>1.267</v>
+        <v>1.201</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="33">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B33" t="s">
         <v>162</v>
       </c>
       <c r="C33" t="s">
         <v>163</v>
       </c>
       <c r="D33" t="s">
         <v>164</v>
       </c>
       <c r="E33" t="s">
         <v>165</v>
       </c>
       <c r="F33" t="s">
         <v>166</v>
       </c>
       <c r="G33" s="1">
-        <v>1.241</v>
+        <v>1.181</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="34">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B34" t="s">
         <v>167</v>
       </c>
       <c r="C34" t="s">
         <v>168</v>
       </c>
       <c r="D34" t="s">
         <v>169</v>
       </c>
       <c r="E34" t="s">
         <v>170</v>
       </c>
       <c r="F34" t="s">
         <v>171</v>
       </c>
       <c r="G34" s="1">
-        <v>1.199</v>
+        <v>1.06</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="35">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B35" t="s">
         <v>172</v>
       </c>
       <c r="C35" t="s">
         <v>173</v>
       </c>
       <c r="D35" t="s">
         <v>174</v>
       </c>
       <c r="E35" t="s">
         <v>175</v>
       </c>
       <c r="F35" t="s">
         <v>176</v>
       </c>
       <c r="G35" s="1">
-        <v>1.176</v>
+        <v>1.029</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="36">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B36" t="s">
         <v>177</v>
       </c>
       <c r="C36" t="s">
         <v>178</v>
       </c>
       <c r="D36" t="s">
         <v>179</v>
       </c>
       <c r="E36" t="s">
         <v>180</v>
       </c>
       <c r="F36" t="s">
         <v>181</v>
       </c>
       <c r="G36" s="1">
-        <v>1.062</v>
+        <v>1.021</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="37">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B37" t="s">
         <v>182</v>
       </c>
       <c r="C37" t="s">
         <v>183</v>
       </c>
       <c r="D37" t="s">
         <v>184</v>
       </c>
       <c r="E37" t="s">
         <v>185</v>
       </c>
       <c r="F37" t="s">
         <v>186</v>
       </c>
       <c r="G37" s="1">
-        <v>1.039</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="38">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B38" t="s">
         <v>187</v>
       </c>
       <c r="C38" t="s">
         <v>188</v>
       </c>
       <c r="D38" t="s">
         <v>189</v>
       </c>
       <c r="E38" t="s">
         <v>190</v>
       </c>
       <c r="F38" t="s">
         <v>191</v>
       </c>
       <c r="G38" s="1">
-        <v>1.029</v>
+        <v>0.901</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="39">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B39" t="s">
         <v>192</v>
       </c>
       <c r="C39" t="s">
         <v>193</v>
       </c>
       <c r="D39" t="s">
         <v>194</v>
       </c>
       <c r="E39" t="s">
         <v>195</v>
       </c>
       <c r="F39" t="s">
         <v>196</v>
       </c>
       <c r="G39" s="1">
-        <v>0.962</v>
+        <v>0.831</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="40">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B40" t="s">
         <v>197</v>
       </c>
       <c r="C40" t="s">
         <v>198</v>
       </c>
       <c r="D40" t="s">
         <v>199</v>
       </c>
       <c r="E40" t="s">
         <v>200</v>
       </c>
       <c r="F40" t="s">
         <v>201</v>
       </c>
       <c r="G40" s="1">
-        <v>0.912</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="41">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B41" t="s">
         <v>202</v>
       </c>
       <c r="C41" t="s">
         <v>203</v>
       </c>
       <c r="D41" t="s">
         <v>204</v>
       </c>
       <c r="E41" t="s">
         <v>205</v>
       </c>
       <c r="F41" t="s">
         <v>206</v>
       </c>
       <c r="G41" s="1">
-        <v>0.84</v>
+        <v>0.664</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="42">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B42" t="s">
         <v>207</v>
       </c>
       <c r="C42" t="s">
         <v>208</v>
       </c>
       <c r="D42" t="s">
         <v>209</v>
       </c>
       <c r="E42" t="s">
         <v>210</v>
       </c>
       <c r="F42" t="s">
         <v>211</v>
       </c>
       <c r="G42" s="1">
-        <v>0.704</v>
+        <v>0.648</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="43">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B43" t="s">
         <v>212</v>
       </c>
       <c r="C43" t="s">
         <v>213</v>
       </c>
       <c r="D43" t="s">
         <v>214</v>
       </c>
       <c r="E43" t="s">
         <v>215</v>
       </c>
       <c r="F43" t="s">
         <v>216</v>
       </c>
       <c r="G43" s="1">
-        <v>0.659</v>
+        <v>0.514</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="44">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B44" t="s">
         <v>217</v>
       </c>
       <c r="C44" t="s">
         <v>218</v>
       </c>
       <c r="D44" t="s">
         <v>219</v>
       </c>
       <c r="E44" t="s">
         <v>220</v>
       </c>
       <c r="F44" t="s">
         <v>221</v>
       </c>
       <c r="G44" s="1">
-        <v>0.648</v>
+        <v>0.484</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="45">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B45" t="s">
         <v>222</v>
       </c>
       <c r="C45" t="s">
         <v>223</v>
       </c>
       <c r="D45" t="s">
         <v>224</v>
       </c>
       <c r="E45" t="s">
         <v>225</v>
       </c>
       <c r="F45" t="s">
         <v>226</v>
       </c>
       <c r="G45" s="1">
-        <v>0.514</v>
+        <v>0.478</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="46">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B46" t="s">
         <v>227</v>
       </c>
       <c r="C46" t="s">
         <v>228</v>
       </c>
       <c r="D46" t="s">
         <v>229</v>
       </c>
       <c r="E46" t="s">
         <v>230</v>
       </c>
       <c r="F46" t="s">
         <v>231</v>
       </c>
       <c r="G46" s="1">
-        <v>0.483</v>
+        <v>0.477</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="47">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B47" t="s">
         <v>232</v>
       </c>
       <c r="C47" t="s">
         <v>233</v>
       </c>
       <c r="D47" t="s">
         <v>234</v>
       </c>
       <c r="E47" t="s">
         <v>235</v>
       </c>
       <c r="F47" t="s">
         <v>236</v>
       </c>
       <c r="G47" s="1">
-        <v>0.479</v>
+        <v>0.475</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="48">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B48" t="s">
         <v>237</v>
       </c>
       <c r="C48" t="s">
         <v>238</v>
       </c>
       <c r="D48" t="s">
         <v>239</v>
       </c>
       <c r="E48" t="s">
         <v>240</v>
       </c>
       <c r="F48" t="s">
         <v>241</v>
       </c>
       <c r="G48" s="1">
-        <v>0.478</v>
+        <v>0.208</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="49">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B49" t="s">
         <v>242</v>
       </c>
       <c r="C49" t="s">
         <v>243</v>
       </c>
       <c r="D49" t="s">
         <v>244</v>
       </c>
       <c r="E49" t="s">
         <v>245</v>
       </c>
       <c r="F49" t="s">
         <v>246</v>
       </c>
       <c r="G49" s="1">
-        <v>0.476</v>
+        <v>0.204</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="50">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B50" t="s">
         <v>247</v>
       </c>
       <c r="C50" t="s">
         <v>248</v>
       </c>
       <c r="D50" t="s">
         <v>249</v>
       </c>
       <c r="E50" t="s">
         <v>250</v>
       </c>
       <c r="F50" t="s">
         <v>251</v>
       </c>
       <c r="G50" s="1">
-        <v>0.2</v>
+        <v>0.201</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="51">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B51" t="s">
         <v>252</v>
       </c>
       <c r="C51" t="s">
         <v>253</v>
       </c>
       <c r="D51" t="s">
         <v>254</v>
       </c>
       <c r="E51" t="s">
         <v>255</v>
       </c>
       <c r="F51" t="s">
         <v>256</v>
       </c>
       <c r="G51" s="1">
-        <v>0.199</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="52">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B52" t="s">
         <v>257</v>
       </c>
       <c r="C52" t="s">
         <v>258</v>
       </c>
       <c r="D52" t="s">
         <v>259</v>
       </c>
       <c r="E52" t="s">
         <v>260</v>
       </c>
       <c r="F52" t="s">
         <v>261</v>
       </c>
       <c r="G52" s="1">
-        <v>0.183</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="53">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B53" t="s">
         <v>262</v>
       </c>
       <c r="C53" t="s">
         <v>263</v>
       </c>
       <c r="D53" t="s">
         <v>264</v>
       </c>
       <c r="E53" t="s">
         <v>265</v>
       </c>
       <c r="F53" t="s">
         <v>266</v>
       </c>
       <c r="G53" s="1">
-        <v>0.001</v>
+        <v>0.186</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="54">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B54" t="s">
         <v>267</v>
       </c>
       <c r="C54" t="s">
         <v>268</v>
       </c>
       <c r="D54" t="s">
         <v>269</v>
       </c>
       <c r="E54" t="s">
         <v>270</v>
       </c>
       <c r="F54" t="s">
         <v>271</v>
       </c>
       <c r="G54" s="1">
-        <v>-.001</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="55">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B55" t="s">
         <v>272</v>
       </c>
       <c r="C55" t="s">
         <v>273</v>
       </c>
       <c r="D55" t="s">
         <v>274</v>
       </c>
       <c r="E55" t="s">
         <v>275</v>
       </c>
       <c r="F55" t="s">
         <v>276</v>
       </c>
       <c r="G55" s="1">
-        <v>-.001</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="56">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B56" t="s">
         <v>277</v>
       </c>
       <c r="C56" t="s">
         <v>278</v>
       </c>
       <c r="D56" t="s">
         <v>279</v>
       </c>
       <c r="E56" t="s">
         <v>280</v>
       </c>
       <c r="F56" t="s">
         <v>281</v>
       </c>
       <c r="G56" s="1">
-        <v>-.002</v>
+        <v>0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="57">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B57" t="s">
         <v>282</v>
       </c>
       <c r="C57" t="s">
         <v>283</v>
       </c>
       <c r="D57" t="s">
         <v>284</v>
       </c>
       <c r="E57" t="s">
         <v>285</v>
       </c>
       <c r="F57" t="s">
         <v>286</v>
       </c>
       <c r="G57" s="1">
-        <v>-.002</v>
+        <v>0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="58">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B58" t="s">
         <v>287</v>
       </c>
       <c r="C58" t="s">
         <v>288</v>
       </c>
       <c r="D58" t="s">
         <v>289</v>
       </c>
       <c r="E58" t="s">
         <v>290</v>
       </c>
       <c r="F58" t="s">
         <v>291</v>
       </c>
       <c r="G58" s="1">
-        <v>-.003</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="59">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B59" t="s">
         <v>292</v>
       </c>
       <c r="C59" t="s">
         <v>293</v>
       </c>
       <c r="D59" t="s">
         <v>294</v>
       </c>
       <c r="E59" t="s">
         <v>295</v>
       </c>
       <c r="F59" t="s">
         <v>296</v>
       </c>
       <c r="G59" s="1">
-        <v>-.011</v>
+        <v>-.001</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="60">
+        <v>45989</v>
+      </c>
+      <c r="B60" t="s">
+        <v>297</v>
+      </c>
+      <c r="C60" t="s">
+        <v>298</v>
+      </c>
+      <c r="D60" t="s">
+        <v>299</v>
+      </c>
+      <c r="E60" t="s">
+        <v>300</v>
+      </c>
+      <c r="F60" t="s">
+        <v>301</v>
+      </c>
+      <c r="G60" s="1">
+        <v>-.003</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>data</vt:lpstr>