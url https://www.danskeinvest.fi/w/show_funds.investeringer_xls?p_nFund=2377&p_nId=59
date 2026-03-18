--- v0 (2025-12-07)
+++ v1 (2026-03-18)
@@ -13,1222 +13,1286 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4515"/>
   <workbookPr date1904="false" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="120" windowWidth="28695" windowHeight="14310"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="377" uniqueCount="377">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="397" uniqueCount="397">
   <si>
     <t xml:space="preserve">Pvm</t>
   </si>
   <si>
     <t xml:space="preserve">Arvopaperi</t>
   </si>
   <si>
     <t xml:space="preserve">ISIN-koodi</t>
   </si>
   <si>
     <t xml:space="preserve">Tyyppi</t>
   </si>
   <si>
     <t xml:space="preserve">Valuutta</t>
   </si>
   <si>
     <t xml:space="preserve">Maa</t>
   </si>
   <si>
     <t xml:space="preserve">%-osuus</t>
   </si>
   <si>
     <t xml:space="preserve">Eli Lilly &amp; Co.</t>
   </si>
   <si>
     <t xml:space="preserve">US5324571083</t>
   </si>
   <si>
     <t xml:space="preserve">Osakkeet</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">Yhdysvallat </t>
   </si>
   <si>
+    <t xml:space="preserve">Johnson &amp; Johnson</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4781601046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
     <t xml:space="preserve">AbbVie Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">US00287Y1091</t>
   </si>
   <si>
     <t xml:space="preserve">Osakkeet</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">Yhdysvallat </t>
   </si>
   <si>
-    <t xml:space="preserve">Johnson &amp; Johnson</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">AstraZeneca Plc (ADR)</t>
   </si>
   <si>
     <t xml:space="preserve">US0463531089</t>
   </si>
   <si>
     <t xml:space="preserve">Osakkeet</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">Yhdysvallat </t>
   </si>
   <si>
+    <t xml:space="preserve">Roche Holding AG (ADR)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7711951043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Novartis AG (ADR)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US66987V1098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
     <t xml:space="preserve">Thermo Fisher Scientific Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">US8835561023</t>
   </si>
   <si>
     <t xml:space="preserve">Osakkeet</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">Yhdysvallat </t>
   </si>
   <si>
-    <t xml:space="preserve">Novartis AG (ADR)</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">US66987V1098</t>
+    <t xml:space="preserve">Gilead Sciences Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3755581036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Medtronic Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BTN1Y115</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Novo Nordisk (ADR)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6701002056</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danaher Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2358511028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GSK Plc (ADR)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US37733W2044</t>
   </si>
   <si>
     <t xml:space="preserve">Osakkeet</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">Yhdysvallat </t>
   </si>
   <si>
     <t xml:space="preserve">UnitedHealth Group Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">US91324P1021</t>
   </si>
   <si>
     <t xml:space="preserve">Osakkeet</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">Yhdysvallat </t>
   </si>
   <si>
+    <t xml:space="preserve">Amgen Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0311621009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Merck &amp; Co. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US58933Y1055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">McKesson Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US58155Q1031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intuitive Surgical Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US46120E6023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CVS Health Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1266501006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IQVIA Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US46266C1053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HCA Healthcare Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US40412C1018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sandoz Group AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH1243598427</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sveitsi </t>
+  </si>
+  <si>
     <t xml:space="preserve">Abbott Laboratories</t>
   </si>
   <si>
     <t xml:space="preserve">US0028241000</t>
   </si>
   <si>
     <t xml:space="preserve">Osakkeet</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">Yhdysvallat </t>
   </si>
   <si>
+    <t xml:space="preserve">Natera Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6323071042</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
     <t xml:space="preserve">Boston Scientific Corp.</t>
   </si>
   <si>
     <t xml:space="preserve">US1011371077</t>
   </si>
   <si>
     <t xml:space="preserve">Osakkeet</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">Yhdysvallat </t>
   </si>
   <si>
-    <t xml:space="preserve">Intuitive Surgical Inc.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">US46120E6023</t>
+    <t xml:space="preserve">Chugai Pharmaceutical Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3519400000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japani </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pfizer Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7170811035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hoya Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3837800006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japani </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cardinal Health Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US14149Y1082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Structure Therapeutics Inc. (ADR)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US86366E1064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insmed Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4576693075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Argenx SE (ADR)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US04016X1019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GE HealthCare Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US36266G1076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cencora Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US03073E1055</t>
   </si>
   <si>
     <t xml:space="preserve">Osakkeet</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">Yhdysvallat </t>
   </si>
   <si>
     <t xml:space="preserve">Vertex Pharmaceuticals Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">US92532F1003</t>
   </si>
   <si>
     <t xml:space="preserve">Osakkeet</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">Yhdysvallat </t>
   </si>
   <si>
-    <t xml:space="preserve">Danaher Corp.</t>
-[...47 lines deleted...]
-    <t xml:space="preserve">US7711951043</t>
+    <t xml:space="preserve">Cooper Cos Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2166485019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UCB S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0003739530</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lonza Group AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0013841017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sveitsi </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Terns Pharmaceuticals Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8808811074</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dexcom Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2521311074</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arrowhead Pharmaceuticals Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US04280A1007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevance Health Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0367521038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insulet Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45784P1012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Otsuka Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3188220002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japani </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tandem Diabetes Care Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8753722037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bristol-Myers Squibb Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1101221083</t>
   </si>
   <si>
     <t xml:space="preserve">Osakkeet</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">Yhdysvallat </t>
   </si>
   <si>
     <t xml:space="preserve">Stryker Corp.</t>
   </si>
   <si>
     <t xml:space="preserve">US8636671013</t>
   </si>
   <si>
     <t xml:space="preserve">Osakkeet</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">Yhdysvallat </t>
   </si>
   <si>
-    <t xml:space="preserve">CVS Health Corp.</t>
-[...182 lines deleted...]
-    <t xml:space="preserve">JP3837800006</t>
+    <t xml:space="preserve">Tenet Healthcare Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US88033G4073</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alcon AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0432492467</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alignment Healthcare Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US01625V1044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Celcuity Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US15102K1007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cytokinetics Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US23282W6057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GeneDx Holdings Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US81663L2007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IRhythm Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4500561067</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">STERIS Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BFY8C754</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EssilorLuxottica S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000121667</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ranska </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Regeneron Pharmaceuticals Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US75886F1075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ICON Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE0005711209</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ensign Group Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29358P1012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rhythm Pharmaceuticals Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US76243J1051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mineralys Therapeutics Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6031701013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cigna Group/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1255231003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Repligen Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7599161095</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Takeda Pharmaceutical Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3463000004</t>
   </si>
   <si>
     <t xml:space="preserve">Osakkeet</t>
   </si>
   <si>
     <t xml:space="preserve">JPY</t>
   </si>
   <si>
     <t xml:space="preserve">Japani </t>
   </si>
   <si>
-    <t xml:space="preserve">HCA Healthcare Inc.</t>
-[...206 lines deleted...]
-    <t xml:space="preserve">Belgia </t>
+    <t xml:space="preserve">Quest Diagnostics Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74834L1008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Neurocrine Biosciences Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US64125C1099</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Therapeutics Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91307C1027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nuvalent Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6707031075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Protagonist Therapeutics Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74366E1029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Abivax S.A. (ADR)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00370M1036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WaVe Life Sciences Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG9999014716</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bridgebio Pharma Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US10806X1028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CG oncology Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1569441009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Madrigal Pharmaceuticals Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5588681057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Viking Therapeutics Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92686J1060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Inspire Medical Systems Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4577301090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Osakkeet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yhdysvallat </t>
   </si>
   <si>
     <t xml:space="preserve">PTC Therapeutics Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">US69366J2006</t>
   </si>
   <si>
     <t xml:space="preserve">Osakkeet</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">Yhdysvallat </t>
   </si>
   <si>
-    <t xml:space="preserve">Takeda Pharmaceutical Co. Ltd.</t>
-[...377 lines deleted...]
-    <t xml:space="preserve">US09062X1037</t>
+    <t xml:space="preserve">Beta Bionics Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US08659B1026</t>
   </si>
   <si>
     <t xml:space="preserve">Osakkeet</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">Yhdysvallat </t>
   </si>
   <si>
     <t xml:space="preserve">Arcellx Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">US03940C1009</t>
-  </si>
-[...43 lines deleted...]
-    <t xml:space="preserve">US4577301090</t>
   </si>
   <si>
     <t xml:space="preserve">Osakkeet</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">Yhdysvallat </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="165" formatCode="#0.00"/>
     <numFmt numFmtId="166" formatCode="dd.mm.yyyy"/>
   </numFmts>
   <fonts count="0">
     <font>
       <name val="Calibri"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="76">
+  <cellXfs count="80">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="165" xfId="0">
       <alignment wrapText="false"/>
     </xf>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
@@ -1600,1748 +1664,1840 @@
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1">
-        <v>9.734</v>
+        <v>9.573</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="1">
-        <v>6.986</v>
+        <v>8.081</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="1">
-        <v>6.018</v>
+        <v>5.815</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>26</v>
       </c>
       <c r="G5" s="1">
-        <v>4.431</v>
+        <v>5.06</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="6">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="1">
-        <v>3.972</v>
+        <v>4.742</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="1">
-        <v>3.827</v>
+        <v>3.359</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="8">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8" t="s">
         <v>39</v>
       </c>
       <c r="E8" t="s">
         <v>40</v>
       </c>
       <c r="F8" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="1">
-        <v>3.344</v>
+        <v>3.241</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="9">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
       <c r="C9" t="s">
         <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>44</v>
       </c>
       <c r="E9" t="s">
         <v>45</v>
       </c>
       <c r="F9" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="1">
-        <v>2.84</v>
+        <v>2.974</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="10">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
       <c r="C10" t="s">
         <v>48</v>
       </c>
       <c r="D10" t="s">
         <v>49</v>
       </c>
       <c r="E10" t="s">
         <v>50</v>
       </c>
       <c r="F10" t="s">
         <v>51</v>
       </c>
       <c r="G10" s="1">
-        <v>2.309</v>
+        <v>2.821</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="11">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B11" t="s">
         <v>52</v>
       </c>
       <c r="C11" t="s">
         <v>53</v>
       </c>
       <c r="D11" t="s">
         <v>54</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>56</v>
       </c>
       <c r="G11" s="1">
-        <v>2.224</v>
+        <v>2.658</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="12">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B12" t="s">
         <v>57</v>
       </c>
       <c r="C12" t="s">
         <v>58</v>
       </c>
       <c r="D12" t="s">
         <v>59</v>
       </c>
       <c r="E12" t="s">
         <v>60</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" s="1">
-        <v>2.185</v>
+        <v>2.34</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="13">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B13" t="s">
         <v>62</v>
       </c>
       <c r="C13" t="s">
         <v>63</v>
       </c>
       <c r="D13" t="s">
         <v>64</v>
       </c>
       <c r="E13" t="s">
         <v>65</v>
       </c>
       <c r="F13" t="s">
         <v>66</v>
       </c>
       <c r="G13" s="1">
-        <v>2.176</v>
+        <v>1.995</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="14">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B14" t="s">
         <v>67</v>
       </c>
       <c r="C14" t="s">
         <v>68</v>
       </c>
       <c r="D14" t="s">
         <v>69</v>
       </c>
       <c r="E14" t="s">
         <v>70</v>
       </c>
       <c r="F14" t="s">
         <v>71</v>
       </c>
       <c r="G14" s="1">
-        <v>2.15</v>
+        <v>1.903</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="15">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
       <c r="C15" t="s">
         <v>73</v>
       </c>
       <c r="D15" t="s">
         <v>74</v>
       </c>
       <c r="E15" t="s">
         <v>75</v>
       </c>
       <c r="F15" t="s">
         <v>76</v>
       </c>
       <c r="G15" s="1">
-        <v>2.105</v>
+        <v>1.891</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="16">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B16" t="s">
         <v>77</v>
       </c>
       <c r="C16" t="s">
         <v>78</v>
       </c>
       <c r="D16" t="s">
         <v>79</v>
       </c>
       <c r="E16" t="s">
         <v>80</v>
       </c>
       <c r="F16" t="s">
         <v>81</v>
       </c>
       <c r="G16" s="1">
-        <v>2.046</v>
+        <v>1.855</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="17">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B17" t="s">
         <v>82</v>
       </c>
       <c r="C17" t="s">
         <v>83</v>
       </c>
       <c r="D17" t="s">
         <v>84</v>
       </c>
       <c r="E17" t="s">
         <v>85</v>
       </c>
       <c r="F17" t="s">
         <v>86</v>
       </c>
       <c r="G17" s="1">
-        <v>1.957</v>
+        <v>1.776</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="18">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B18" t="s">
         <v>87</v>
       </c>
       <c r="C18" t="s">
         <v>88</v>
       </c>
       <c r="D18" t="s">
         <v>89</v>
       </c>
       <c r="E18" t="s">
         <v>90</v>
       </c>
       <c r="F18" t="s">
         <v>91</v>
       </c>
       <c r="G18" s="1">
-        <v>1.918</v>
+        <v>1.585</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="19">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B19" t="s">
         <v>92</v>
       </c>
       <c r="C19" t="s">
         <v>93</v>
       </c>
       <c r="D19" t="s">
         <v>94</v>
       </c>
       <c r="E19" t="s">
         <v>95</v>
       </c>
       <c r="F19" t="s">
         <v>96</v>
       </c>
       <c r="G19" s="1">
-        <v>1.716</v>
+        <v>1.493</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="20">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B20" t="s">
         <v>97</v>
       </c>
       <c r="C20" t="s">
         <v>98</v>
       </c>
       <c r="D20" t="s">
         <v>99</v>
       </c>
       <c r="E20" t="s">
         <v>100</v>
       </c>
       <c r="F20" t="s">
         <v>101</v>
       </c>
       <c r="G20" s="1">
-        <v>1.685</v>
+        <v>1.449</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="21">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B21" t="s">
         <v>102</v>
       </c>
       <c r="C21" t="s">
         <v>103</v>
       </c>
       <c r="D21" t="s">
         <v>104</v>
       </c>
       <c r="E21" t="s">
         <v>105</v>
       </c>
       <c r="F21" t="s">
         <v>106</v>
       </c>
       <c r="G21" s="1">
-        <v>1.641</v>
+        <v>1.435</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="22">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B22" t="s">
         <v>107</v>
       </c>
       <c r="C22" t="s">
         <v>108</v>
       </c>
       <c r="D22" t="s">
         <v>109</v>
       </c>
       <c r="E22" t="s">
         <v>110</v>
       </c>
       <c r="F22" t="s">
         <v>111</v>
       </c>
       <c r="G22" s="1">
-        <v>1.606</v>
+        <v>1.315</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="23">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B23" t="s">
         <v>112</v>
       </c>
       <c r="C23" t="s">
         <v>113</v>
       </c>
       <c r="D23" t="s">
         <v>114</v>
       </c>
       <c r="E23" t="s">
         <v>115</v>
       </c>
       <c r="F23" t="s">
         <v>116</v>
       </c>
       <c r="G23" s="1">
-        <v>1.416</v>
+        <v>1.311</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="24">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B24" t="s">
         <v>117</v>
       </c>
       <c r="C24" t="s">
         <v>118</v>
       </c>
       <c r="D24" t="s">
         <v>119</v>
       </c>
       <c r="E24" t="s">
         <v>120</v>
       </c>
       <c r="F24" t="s">
         <v>121</v>
       </c>
       <c r="G24" s="1">
-        <v>1.3</v>
+        <v>1.28</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="25">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B25" t="s">
         <v>122</v>
       </c>
       <c r="C25" t="s">
         <v>123</v>
       </c>
       <c r="D25" t="s">
         <v>124</v>
       </c>
       <c r="E25" t="s">
         <v>125</v>
       </c>
       <c r="F25" t="s">
         <v>126</v>
       </c>
       <c r="G25" s="1">
-        <v>1.292</v>
+        <v>1.216</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="26">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B26" t="s">
         <v>127</v>
       </c>
       <c r="C26" t="s">
         <v>128</v>
       </c>
       <c r="D26" t="s">
         <v>129</v>
       </c>
       <c r="E26" t="s">
         <v>130</v>
       </c>
       <c r="F26" t="s">
         <v>131</v>
       </c>
       <c r="G26" s="1">
-        <v>1.225</v>
+        <v>1.178</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="27">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B27" t="s">
         <v>132</v>
       </c>
       <c r="C27" t="s">
         <v>133</v>
       </c>
       <c r="D27" t="s">
         <v>134</v>
       </c>
       <c r="E27" t="s">
         <v>135</v>
       </c>
       <c r="F27" t="s">
         <v>136</v>
       </c>
       <c r="G27" s="1">
-        <v>1.212</v>
+        <v>1.163</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="28">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B28" t="s">
         <v>137</v>
       </c>
       <c r="C28" t="s">
         <v>138</v>
       </c>
       <c r="D28" t="s">
         <v>139</v>
       </c>
       <c r="E28" t="s">
         <v>140</v>
       </c>
       <c r="F28" t="s">
         <v>141</v>
       </c>
       <c r="G28" s="1">
-        <v>1.165</v>
+        <v>1.074</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="29">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B29" t="s">
         <v>142</v>
       </c>
       <c r="C29" t="s">
         <v>143</v>
       </c>
       <c r="D29" t="s">
         <v>144</v>
       </c>
       <c r="E29" t="s">
         <v>145</v>
       </c>
       <c r="F29" t="s">
         <v>146</v>
       </c>
       <c r="G29" s="1">
-        <v>1.13</v>
+        <v>1.006</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="30">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B30" t="s">
         <v>147</v>
       </c>
       <c r="C30" t="s">
         <v>148</v>
       </c>
       <c r="D30" t="s">
         <v>149</v>
       </c>
       <c r="E30" t="s">
         <v>150</v>
       </c>
       <c r="F30" t="s">
         <v>151</v>
       </c>
       <c r="G30" s="1">
-        <v>1.107</v>
+        <v>0.943</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="31">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B31" t="s">
         <v>152</v>
       </c>
       <c r="C31" t="s">
         <v>153</v>
       </c>
       <c r="D31" t="s">
         <v>154</v>
       </c>
       <c r="E31" t="s">
         <v>155</v>
       </c>
       <c r="F31" t="s">
         <v>156</v>
       </c>
       <c r="G31" s="1">
-        <v>1.088</v>
+        <v>0.913</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="32">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B32" t="s">
         <v>157</v>
       </c>
       <c r="C32" t="s">
         <v>158</v>
       </c>
       <c r="D32" t="s">
         <v>159</v>
       </c>
       <c r="E32" t="s">
         <v>160</v>
       </c>
       <c r="F32" t="s">
         <v>161</v>
       </c>
       <c r="G32" s="1">
-        <v>1.054</v>
+        <v>0.908</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="33">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B33" t="s">
         <v>162</v>
       </c>
       <c r="C33" t="s">
         <v>163</v>
       </c>
       <c r="D33" t="s">
         <v>164</v>
       </c>
       <c r="E33" t="s">
         <v>165</v>
       </c>
       <c r="F33" t="s">
         <v>166</v>
       </c>
       <c r="G33" s="1">
-        <v>1.052</v>
+        <v>0.893</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="34">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B34" t="s">
         <v>167</v>
       </c>
       <c r="C34" t="s">
         <v>168</v>
       </c>
       <c r="D34" t="s">
         <v>169</v>
       </c>
       <c r="E34" t="s">
         <v>170</v>
       </c>
       <c r="F34" t="s">
         <v>171</v>
       </c>
       <c r="G34" s="1">
-        <v>0.856</v>
+        <v>0.791</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="35">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B35" t="s">
         <v>172</v>
       </c>
       <c r="C35" t="s">
         <v>173</v>
       </c>
       <c r="D35" t="s">
         <v>174</v>
       </c>
       <c r="E35" t="s">
         <v>175</v>
       </c>
       <c r="F35" t="s">
         <v>176</v>
       </c>
       <c r="G35" s="1">
-        <v>0.817</v>
+        <v>0.776</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="36">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B36" t="s">
         <v>177</v>
       </c>
       <c r="C36" t="s">
         <v>178</v>
       </c>
       <c r="D36" t="s">
         <v>179</v>
       </c>
       <c r="E36" t="s">
         <v>180</v>
       </c>
       <c r="F36" t="s">
         <v>181</v>
       </c>
       <c r="G36" s="1">
-        <v>0.815</v>
+        <v>0.743</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="37">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B37" t="s">
         <v>182</v>
       </c>
       <c r="C37" t="s">
         <v>183</v>
       </c>
       <c r="D37" t="s">
         <v>184</v>
       </c>
       <c r="E37" t="s">
         <v>185</v>
       </c>
       <c r="F37" t="s">
         <v>186</v>
       </c>
       <c r="G37" s="1">
-        <v>0.779</v>
+        <v>0.673</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="38">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B38" t="s">
         <v>187</v>
       </c>
       <c r="C38" t="s">
         <v>188</v>
       </c>
       <c r="D38" t="s">
         <v>189</v>
       </c>
       <c r="E38" t="s">
         <v>190</v>
       </c>
       <c r="F38" t="s">
         <v>191</v>
       </c>
       <c r="G38" s="1">
-        <v>0.716</v>
+        <v>0.599</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="39">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B39" t="s">
         <v>192</v>
       </c>
       <c r="C39" t="s">
         <v>193</v>
       </c>
       <c r="D39" t="s">
         <v>194</v>
       </c>
       <c r="E39" t="s">
         <v>195</v>
       </c>
       <c r="F39" t="s">
         <v>196</v>
       </c>
       <c r="G39" s="1">
-        <v>0.665</v>
+        <v>0.546</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="40">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B40" t="s">
         <v>197</v>
       </c>
       <c r="C40" t="s">
         <v>198</v>
       </c>
       <c r="D40" t="s">
         <v>199</v>
       </c>
       <c r="E40" t="s">
         <v>200</v>
       </c>
       <c r="F40" t="s">
         <v>201</v>
       </c>
       <c r="G40" s="1">
-        <v>0.65</v>
+        <v>0.546</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="41">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B41" t="s">
         <v>202</v>
       </c>
       <c r="C41" t="s">
         <v>203</v>
       </c>
       <c r="D41" t="s">
         <v>204</v>
       </c>
       <c r="E41" t="s">
         <v>205</v>
       </c>
       <c r="F41" t="s">
         <v>206</v>
       </c>
       <c r="G41" s="1">
-        <v>0.644</v>
+        <v>0.527</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="42">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B42" t="s">
         <v>207</v>
       </c>
       <c r="C42" t="s">
         <v>208</v>
       </c>
       <c r="D42" t="s">
         <v>209</v>
       </c>
       <c r="E42" t="s">
         <v>210</v>
       </c>
       <c r="F42" t="s">
         <v>211</v>
       </c>
       <c r="G42" s="1">
-        <v>0.636</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="43">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B43" t="s">
         <v>212</v>
       </c>
       <c r="C43" t="s">
         <v>213</v>
       </c>
       <c r="D43" t="s">
         <v>214</v>
       </c>
       <c r="E43" t="s">
         <v>215</v>
       </c>
       <c r="F43" t="s">
         <v>216</v>
       </c>
       <c r="G43" s="1">
-        <v>0.63</v>
+        <v>0.507</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="44">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B44" t="s">
         <v>217</v>
       </c>
       <c r="C44" t="s">
         <v>218</v>
       </c>
       <c r="D44" t="s">
         <v>219</v>
       </c>
       <c r="E44" t="s">
         <v>220</v>
       </c>
       <c r="F44" t="s">
         <v>221</v>
       </c>
       <c r="G44" s="1">
-        <v>0.609</v>
+        <v>0.501</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="45">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B45" t="s">
         <v>222</v>
       </c>
       <c r="C45" t="s">
         <v>223</v>
       </c>
       <c r="D45" t="s">
         <v>224</v>
       </c>
       <c r="E45" t="s">
         <v>225</v>
       </c>
       <c r="F45" t="s">
         <v>226</v>
       </c>
       <c r="G45" s="1">
-        <v>0.578</v>
+        <v>0.492</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="46">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B46" t="s">
         <v>227</v>
       </c>
       <c r="C46" t="s">
         <v>228</v>
       </c>
       <c r="D46" t="s">
         <v>229</v>
       </c>
       <c r="E46" t="s">
         <v>230</v>
       </c>
       <c r="F46" t="s">
         <v>231</v>
       </c>
       <c r="G46" s="1">
-        <v>0.564</v>
+        <v>0.485</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="47">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B47" t="s">
         <v>232</v>
       </c>
       <c r="C47" t="s">
         <v>233</v>
       </c>
       <c r="D47" t="s">
         <v>234</v>
       </c>
       <c r="E47" t="s">
         <v>235</v>
       </c>
       <c r="F47" t="s">
         <v>236</v>
       </c>
       <c r="G47" s="1">
-        <v>0.554</v>
+        <v>0.453</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="48">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B48" t="s">
         <v>237</v>
       </c>
       <c r="C48" t="s">
         <v>238</v>
       </c>
       <c r="D48" t="s">
         <v>239</v>
       </c>
       <c r="E48" t="s">
         <v>240</v>
       </c>
       <c r="F48" t="s">
         <v>241</v>
       </c>
       <c r="G48" s="1">
-        <v>0.55</v>
+        <v>0.427</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="49">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B49" t="s">
         <v>242</v>
       </c>
       <c r="C49" t="s">
         <v>243</v>
       </c>
       <c r="D49" t="s">
         <v>244</v>
       </c>
       <c r="E49" t="s">
         <v>245</v>
       </c>
       <c r="F49" t="s">
         <v>246</v>
       </c>
       <c r="G49" s="1">
-        <v>0.512</v>
+        <v>0.401</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="50">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B50" t="s">
         <v>247</v>
       </c>
       <c r="C50" t="s">
         <v>248</v>
       </c>
       <c r="D50" t="s">
         <v>249</v>
       </c>
       <c r="E50" t="s">
         <v>250</v>
       </c>
       <c r="F50" t="s">
         <v>251</v>
       </c>
       <c r="G50" s="1">
-        <v>0.503</v>
+        <v>0.379</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="51">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B51" t="s">
         <v>252</v>
       </c>
       <c r="C51" t="s">
         <v>253</v>
       </c>
       <c r="D51" t="s">
         <v>254</v>
       </c>
       <c r="E51" t="s">
         <v>255</v>
       </c>
       <c r="F51" t="s">
         <v>256</v>
       </c>
       <c r="G51" s="1">
-        <v>0.496</v>
+        <v>0.366</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="52">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B52" t="s">
         <v>257</v>
       </c>
       <c r="C52" t="s">
         <v>258</v>
       </c>
       <c r="D52" t="s">
         <v>259</v>
       </c>
       <c r="E52" t="s">
         <v>260</v>
       </c>
       <c r="F52" t="s">
         <v>261</v>
       </c>
       <c r="G52" s="1">
-        <v>0.478</v>
+        <v>0.355</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="53">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B53" t="s">
         <v>262</v>
       </c>
       <c r="C53" t="s">
         <v>263</v>
       </c>
       <c r="D53" t="s">
         <v>264</v>
       </c>
       <c r="E53" t="s">
         <v>265</v>
       </c>
       <c r="F53" t="s">
         <v>266</v>
       </c>
       <c r="G53" s="1">
-        <v>0.461</v>
+        <v>0.352</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="54">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B54" t="s">
         <v>267</v>
       </c>
       <c r="C54" t="s">
         <v>268</v>
       </c>
       <c r="D54" t="s">
         <v>269</v>
       </c>
       <c r="E54" t="s">
         <v>270</v>
       </c>
       <c r="F54" t="s">
         <v>271</v>
       </c>
       <c r="G54" s="1">
-        <v>0.432</v>
+        <v>0.345</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="55">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B55" t="s">
         <v>272</v>
       </c>
       <c r="C55" t="s">
         <v>273</v>
       </c>
       <c r="D55" t="s">
         <v>274</v>
       </c>
       <c r="E55" t="s">
         <v>275</v>
       </c>
       <c r="F55" t="s">
         <v>276</v>
       </c>
       <c r="G55" s="1">
-        <v>0.417</v>
+        <v>0.338</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="56">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B56" t="s">
         <v>277</v>
       </c>
       <c r="C56" t="s">
         <v>278</v>
       </c>
       <c r="D56" t="s">
         <v>279</v>
       </c>
       <c r="E56" t="s">
         <v>280</v>
       </c>
       <c r="F56" t="s">
         <v>281</v>
       </c>
       <c r="G56" s="1">
-        <v>0.354</v>
+        <v>0.337</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="57">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B57" t="s">
         <v>282</v>
       </c>
       <c r="C57" t="s">
         <v>283</v>
       </c>
       <c r="D57" t="s">
         <v>284</v>
       </c>
       <c r="E57" t="s">
         <v>285</v>
       </c>
       <c r="F57" t="s">
         <v>286</v>
       </c>
       <c r="G57" s="1">
-        <v>0.308</v>
+        <v>0.335</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="58">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B58" t="s">
         <v>287</v>
       </c>
       <c r="C58" t="s">
         <v>288</v>
       </c>
       <c r="D58" t="s">
         <v>289</v>
       </c>
       <c r="E58" t="s">
         <v>290</v>
       </c>
       <c r="F58" t="s">
         <v>291</v>
       </c>
       <c r="G58" s="1">
-        <v>0.274</v>
+        <v>0.329</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="59">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B59" t="s">
         <v>292</v>
       </c>
       <c r="C59" t="s">
         <v>293</v>
       </c>
       <c r="D59" t="s">
         <v>294</v>
       </c>
       <c r="E59" t="s">
         <v>295</v>
       </c>
       <c r="F59" t="s">
         <v>296</v>
       </c>
       <c r="G59" s="1">
-        <v>0.273</v>
+        <v>0.318</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="60">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B60" t="s">
         <v>297</v>
       </c>
       <c r="C60" t="s">
         <v>298</v>
       </c>
       <c r="D60" t="s">
         <v>299</v>
       </c>
       <c r="E60" t="s">
         <v>300</v>
       </c>
       <c r="F60" t="s">
         <v>301</v>
       </c>
       <c r="G60" s="1">
-        <v>0.252</v>
+        <v>0.301</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="61">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B61" t="s">
         <v>302</v>
       </c>
       <c r="C61" t="s">
         <v>303</v>
       </c>
       <c r="D61" t="s">
         <v>304</v>
       </c>
       <c r="E61" t="s">
         <v>305</v>
       </c>
       <c r="F61" t="s">
         <v>306</v>
       </c>
       <c r="G61" s="1">
-        <v>0.243</v>
+        <v>0.267</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="62">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B62" t="s">
         <v>307</v>
       </c>
       <c r="C62" t="s">
         <v>308</v>
       </c>
       <c r="D62" t="s">
         <v>309</v>
       </c>
       <c r="E62" t="s">
         <v>310</v>
       </c>
       <c r="F62" t="s">
         <v>311</v>
       </c>
       <c r="G62" s="1">
-        <v>0.241</v>
+        <v>0.265</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="63">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B63" t="s">
         <v>312</v>
       </c>
       <c r="C63" t="s">
         <v>313</v>
       </c>
       <c r="D63" t="s">
         <v>314</v>
       </c>
       <c r="E63" t="s">
         <v>315</v>
       </c>
       <c r="F63" t="s">
         <v>316</v>
       </c>
       <c r="G63" s="1">
-        <v>0.241</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="64">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B64" t="s">
         <v>317</v>
       </c>
       <c r="C64" t="s">
         <v>318</v>
       </c>
       <c r="D64" t="s">
         <v>319</v>
       </c>
       <c r="E64" t="s">
         <v>320</v>
       </c>
       <c r="F64" t="s">
         <v>321</v>
       </c>
       <c r="G64" s="1">
-        <v>0.24</v>
+        <v>0.258</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="65">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B65" t="s">
         <v>322</v>
       </c>
       <c r="C65" t="s">
         <v>323</v>
       </c>
       <c r="D65" t="s">
         <v>324</v>
       </c>
       <c r="E65" t="s">
         <v>325</v>
       </c>
       <c r="F65" t="s">
         <v>326</v>
       </c>
       <c r="G65" s="1">
-        <v>0.237</v>
+        <v>0.257</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="66">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B66" t="s">
         <v>327</v>
       </c>
       <c r="C66" t="s">
         <v>328</v>
       </c>
       <c r="D66" t="s">
         <v>329</v>
       </c>
       <c r="E66" t="s">
         <v>330</v>
       </c>
       <c r="F66" t="s">
         <v>331</v>
       </c>
       <c r="G66" s="1">
-        <v>0.203</v>
+        <v>0.245</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="67">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B67" t="s">
         <v>332</v>
       </c>
       <c r="C67" t="s">
         <v>333</v>
       </c>
       <c r="D67" t="s">
         <v>334</v>
       </c>
       <c r="E67" t="s">
         <v>335</v>
       </c>
       <c r="F67" t="s">
         <v>336</v>
       </c>
       <c r="G67" s="1">
-        <v>0.199</v>
+        <v>0.241</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="68">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B68" t="s">
         <v>337</v>
       </c>
       <c r="C68" t="s">
         <v>338</v>
       </c>
       <c r="D68" t="s">
         <v>339</v>
       </c>
       <c r="E68" t="s">
         <v>340</v>
       </c>
       <c r="F68" t="s">
         <v>341</v>
       </c>
       <c r="G68" s="1">
-        <v>0.182</v>
+        <v>0.234</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="69">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B69" t="s">
         <v>342</v>
       </c>
       <c r="C69" t="s">
         <v>343</v>
       </c>
       <c r="D69" t="s">
         <v>344</v>
       </c>
       <c r="E69" t="s">
         <v>345</v>
       </c>
       <c r="F69" t="s">
         <v>346</v>
       </c>
       <c r="G69" s="1">
-        <v>0.162</v>
+        <v>0.207</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="70">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B70" t="s">
         <v>347</v>
       </c>
       <c r="C70" t="s">
         <v>348</v>
       </c>
       <c r="D70" t="s">
         <v>349</v>
       </c>
       <c r="E70" t="s">
         <v>350</v>
       </c>
       <c r="F70" t="s">
         <v>351</v>
       </c>
       <c r="G70" s="1">
-        <v>0.145</v>
+        <v>0.193</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="71">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B71" t="s">
         <v>352</v>
       </c>
       <c r="C71" t="s">
         <v>353</v>
       </c>
       <c r="D71" t="s">
         <v>354</v>
       </c>
       <c r="E71" t="s">
         <v>355</v>
       </c>
       <c r="F71" t="s">
         <v>356</v>
       </c>
       <c r="G71" s="1">
-        <v>0.142</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="72">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B72" t="s">
         <v>357</v>
       </c>
       <c r="C72" t="s">
         <v>358</v>
       </c>
       <c r="D72" t="s">
         <v>359</v>
       </c>
       <c r="E72" t="s">
         <v>360</v>
       </c>
       <c r="F72" t="s">
         <v>361</v>
       </c>
       <c r="G72" s="1">
-        <v>0.102</v>
+        <v>0.139</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="73">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B73" t="s">
         <v>362</v>
       </c>
       <c r="C73" t="s">
         <v>363</v>
       </c>
       <c r="D73" t="s">
         <v>364</v>
       </c>
       <c r="E73" t="s">
         <v>365</v>
       </c>
       <c r="F73" t="s">
         <v>366</v>
       </c>
       <c r="G73" s="1">
-        <v>0.097</v>
+        <v>0.134</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="74">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B74" t="s">
         <v>367</v>
       </c>
       <c r="C74" t="s">
         <v>368</v>
       </c>
       <c r="D74" t="s">
         <v>369</v>
       </c>
       <c r="E74" t="s">
         <v>370</v>
       </c>
       <c r="F74" t="s">
         <v>371</v>
       </c>
       <c r="G74" s="1">
-        <v>0.097</v>
+        <v>0.133</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="75">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B75" t="s">
         <v>372</v>
       </c>
       <c r="C75" t="s">
         <v>373</v>
       </c>
       <c r="D75" t="s">
         <v>374</v>
       </c>
       <c r="E75" t="s">
         <v>375</v>
       </c>
       <c r="F75" t="s">
         <v>376</v>
       </c>
       <c r="G75" s="1">
-        <v>0.054</v>
+        <v>0.131</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="76">
+        <v>46052</v>
+      </c>
+      <c r="B76" t="s">
+        <v>377</v>
+      </c>
+      <c r="C76" t="s">
+        <v>378</v>
+      </c>
+      <c r="D76" t="s">
+        <v>379</v>
+      </c>
+      <c r="E76" t="s">
+        <v>380</v>
+      </c>
+      <c r="F76" t="s">
+        <v>381</v>
+      </c>
+      <c r="G76" s="1">
+        <v>0.112</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="77">
+        <v>46052</v>
+      </c>
+      <c r="B77" t="s">
+        <v>382</v>
+      </c>
+      <c r="C77" t="s">
+        <v>383</v>
+      </c>
+      <c r="D77" t="s">
+        <v>384</v>
+      </c>
+      <c r="E77" t="s">
+        <v>385</v>
+      </c>
+      <c r="F77" t="s">
+        <v>386</v>
+      </c>
+      <c r="G77" s="1">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="78">
+        <v>46052</v>
+      </c>
+      <c r="B78" t="s">
+        <v>387</v>
+      </c>
+      <c r="C78" t="s">
+        <v>388</v>
+      </c>
+      <c r="D78" t="s">
+        <v>389</v>
+      </c>
+      <c r="E78" t="s">
+        <v>390</v>
+      </c>
+      <c r="F78" t="s">
+        <v>391</v>
+      </c>
+      <c r="G78" s="1">
+        <v>0.087</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="79">
+        <v>46052</v>
+      </c>
+      <c r="B79" t="s">
+        <v>392</v>
+      </c>
+      <c r="C79" t="s">
+        <v>393</v>
+      </c>
+      <c r="D79" t="s">
+        <v>394</v>
+      </c>
+      <c r="E79" t="s">
+        <v>395</v>
+      </c>
+      <c r="F79" t="s">
+        <v>396</v>
+      </c>
+      <c r="G79" s="1">
+        <v>0.072</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>data</vt:lpstr>