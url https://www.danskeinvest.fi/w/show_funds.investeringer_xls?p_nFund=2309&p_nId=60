--- v0 (2025-10-26)
+++ v1 (2026-01-24)
@@ -13,473 +13,457 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4515"/>
   <workbookPr date1904="false" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="120" windowWidth="28695" windowHeight="14310"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="122">
   <si>
     <t xml:space="preserve">Datum</t>
   </si>
   <si>
     <t xml:space="preserve">Investering</t>
   </si>
   <si>
     <t xml:space="preserve">ISIN</t>
   </si>
   <si>
     <t xml:space="preserve">Typ</t>
   </si>
   <si>
     <t xml:space="preserve">Valuta</t>
   </si>
   <si>
     <t xml:space="preserve">Land</t>
   </si>
   <si>
     <t xml:space="preserve">%</t>
   </si>
   <si>
+    <t xml:space="preserve">Danske Invest Select Global Equity Solution, EUR W</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0063855325</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fonder</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danske Invest Euro Yrityslaina W K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI4000282181</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fonder</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
     <t xml:space="preserve">Danske Invest Select Global Quant, EUR W</t>
   </si>
   <si>
     <t xml:space="preserve">DK0060518397</t>
   </si>
   <si>
     <t xml:space="preserve">Fonder</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Danmark </t>
   </si>
   <si>
-    <t xml:space="preserve">Danske Invest Euro Yrityslaina W K</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">FI4000282181</t>
+    <t xml:space="preserve">Danske Invest SICAV Global Tactical Allocation Class WI p</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU2480954077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fonder</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">iShares Core EUR Govt Bond UCITS ETF EUR INC (DE)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00B4WXJJ64</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fonder</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danske Invest Euro Government Bond Index W K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI4000282231</t>
   </si>
   <si>
     <t xml:space="preserve">Fonder</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Finland </t>
   </si>
   <si>
-    <t xml:space="preserve">Danske Invest Select Global Equity Solution, EUR W</t>
-[...47 lines deleted...]
-    <t xml:space="preserve">FI4000282231</t>
+    <t xml:space="preserve">Danske Invest Emerging Markets Debt Hard Currency, osuuslaji EUR W h</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0060549863</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fonder</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danske Invest Pohjoisen Yrityslainat, osuuslaji EUR h</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0060500429</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fonder</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danske Invest SICAV European Corporate Sustainable Bond Class I</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU1399305330</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fonder</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danske Invest Global High Yield Bonds, osuuslaji EUR W h</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0060549947</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fonder</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danske Invest SICAV Global Alternative Opportunities Class WI p</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU2401888131</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fonder</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danske Invest SICAV Euro Investment Grade Corporate Bond Class I</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU0249702647</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fonder</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danske Invest SICAV Global Inflation Linked Bond Short Duration Class WI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU3041268254</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fonder</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danske Invest Suomi Osake IW K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI4000390984</t>
   </si>
   <si>
     <t xml:space="preserve">Fonder</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Finland </t>
   </si>
   <si>
-    <t xml:space="preserve">Danske Invest Emerging Markets Debt Hard Currency, osuuslaji EUR W h</t>
-[...107 lines deleted...]
-    <t xml:space="preserve">FI4000390984</t>
+    <t xml:space="preserve">Danske Invest Euro Obligaatio IW K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI4000391040</t>
   </si>
   <si>
     <t xml:space="preserve">Fonder</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Finland </t>
   </si>
   <si>
-    <t xml:space="preserve">Danske Invest Euro Obligaatio IW K</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">FI4000391040</t>
+    <t xml:space="preserve">Danske Invest Select US High Yield Bonds, osuuslaji EUR W h</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0062263299</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fonder</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danske Invest Euro High Yield W K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI4000282256</t>
   </si>
   <si>
     <t xml:space="preserve">Fonder</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Finland </t>
   </si>
   <si>
-    <t xml:space="preserve">Danske Invest Select US High Yield Bonds, osuuslaji EUR W h</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">FI4000282256</t>
+    <t xml:space="preserve">Danske Invest Kehittyvät Korkomarkkinat Paikallisvaluutta, osuuslaji EUR W</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0060910164</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fonder</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danske Invest SICAV Global Emerging Markets Class WI-eur</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU1678996684</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fonder</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danske Invest SICAV Global Sustainable Future Class I</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU0249703298</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fonder</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danske Invest Eurooppa Osake W K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI4000282298</t>
   </si>
   <si>
     <t xml:space="preserve">Fonder</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Finland </t>
   </si>
   <si>
-    <t xml:space="preserve">Danske Invest Kehittyvät Korkomarkkinat Paikallisvaluutta, osuuslaji EUR W</t>
-[...44 lines deleted...]
-    <t xml:space="preserve">Danske Invest SICAV Europe Long-Short Equity Factors Class WI p</t>
+    <t xml:space="preserve">Danske Invest SICAV Global Equity Opportunities Class WI p</t>
   </si>
   <si>
     <t xml:space="preserve">LU2301267717</t>
   </si>
   <si>
     <t xml:space="preserve">Fonder</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Danmark </t>
   </si>
   <si>
-    <t xml:space="preserve">Danske Invest Eurooppa Osake W K</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">FI4000282298</t>
+    <t xml:space="preserve">Danske Invest Euroopan Pienyhtiöt W K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI4000282603</t>
   </si>
   <si>
     <t xml:space="preserve">Fonder</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Finland </t>
-  </si>
-[...28 lines deleted...]
-    <t xml:space="preserve">Danmark </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="165" formatCode="#0.00"/>
     <numFmt numFmtId="166" formatCode="dd.mm.yyyy"/>
   </numFmts>
   <fonts count="0">
     <font>
       <name val="Calibri"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="165" xfId="0">
       <alignment wrapText="false"/>
     </xf>
-    <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
@@ -800,598 +784,575 @@
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2">
-        <v>45898</v>
+        <v>45989</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1">
-        <v>10.466</v>
+        <v>10.283</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
-        <v>45898</v>
+        <v>45989</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="1">
-        <v>10.219</v>
+        <v>10.123</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4">
-        <v>45898</v>
+        <v>45989</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="1">
-        <v>9.74</v>
+        <v>9.757</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5">
-        <v>45898</v>
+        <v>45989</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>26</v>
       </c>
       <c r="G5" s="1">
-        <v>9.401</v>
+        <v>9.418</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="6">
-        <v>45898</v>
+        <v>45989</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="1">
-        <v>7.464</v>
+        <v>7.893</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7">
-        <v>45898</v>
+        <v>45989</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="1">
-        <v>7.319</v>
+        <v>7.594</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="8">
-        <v>45898</v>
+        <v>45989</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8" t="s">
         <v>39</v>
       </c>
       <c r="E8" t="s">
         <v>40</v>
       </c>
       <c r="F8" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="1">
-        <v>6.884</v>
+        <v>6.994</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="9">
-        <v>45898</v>
+        <v>45989</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
       <c r="C9" t="s">
         <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>44</v>
       </c>
       <c r="E9" t="s">
         <v>45</v>
       </c>
       <c r="F9" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="1">
-        <v>5.922</v>
+        <v>5.835</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="10">
-        <v>45898</v>
+        <v>45989</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
       <c r="C10" t="s">
         <v>48</v>
       </c>
       <c r="D10" t="s">
         <v>49</v>
       </c>
       <c r="E10" t="s">
         <v>50</v>
       </c>
       <c r="F10" t="s">
         <v>51</v>
       </c>
       <c r="G10" s="1">
-        <v>5.468</v>
+        <v>5.416</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="11">
-        <v>45898</v>
+        <v>45989</v>
       </c>
       <c r="B11" t="s">
         <v>52</v>
       </c>
       <c r="C11" t="s">
         <v>53</v>
       </c>
       <c r="D11" t="s">
         <v>54</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>56</v>
       </c>
       <c r="G11" s="1">
-        <v>4.73</v>
+        <v>4.618</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="12">
-        <v>45898</v>
+        <v>45989</v>
       </c>
       <c r="B12" t="s">
         <v>57</v>
       </c>
       <c r="C12" t="s">
         <v>58</v>
       </c>
       <c r="D12" t="s">
         <v>59</v>
       </c>
       <c r="E12" t="s">
         <v>60</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" s="1">
-        <v>3.847</v>
+        <v>3.857</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="13">
-        <v>45898</v>
+        <v>45989</v>
       </c>
       <c r="B13" t="s">
         <v>62</v>
       </c>
       <c r="C13" t="s">
         <v>63</v>
       </c>
       <c r="D13" t="s">
         <v>64</v>
       </c>
       <c r="E13" t="s">
         <v>65</v>
       </c>
       <c r="F13" t="s">
         <v>66</v>
       </c>
       <c r="G13" s="1">
-        <v>3.126</v>
+        <v>3.099</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="14">
-        <v>45898</v>
+        <v>45989</v>
       </c>
       <c r="B14" t="s">
         <v>67</v>
       </c>
       <c r="C14" t="s">
         <v>68</v>
       </c>
       <c r="D14" t="s">
         <v>69</v>
       </c>
       <c r="E14" t="s">
         <v>70</v>
       </c>
       <c r="F14" t="s">
         <v>71</v>
       </c>
       <c r="G14" s="1">
-        <v>3.117</v>
+        <v>3.07</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="15">
-        <v>45898</v>
+        <v>45989</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
       <c r="C15" t="s">
         <v>73</v>
       </c>
       <c r="D15" t="s">
         <v>74</v>
       </c>
       <c r="E15" t="s">
         <v>75</v>
       </c>
       <c r="F15" t="s">
         <v>76</v>
       </c>
       <c r="G15" s="1">
-        <v>2.613</v>
+        <v>2.479</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="16">
-        <v>45898</v>
+        <v>45989</v>
       </c>
       <c r="B16" t="s">
         <v>77</v>
       </c>
       <c r="C16" t="s">
         <v>78</v>
       </c>
       <c r="D16" t="s">
         <v>79</v>
       </c>
       <c r="E16" t="s">
         <v>80</v>
       </c>
       <c r="F16" t="s">
         <v>81</v>
       </c>
       <c r="G16" s="1">
-        <v>2.217</v>
+        <v>2.207</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="17">
-        <v>45898</v>
+        <v>45989</v>
       </c>
       <c r="B17" t="s">
         <v>82</v>
       </c>
       <c r="C17" t="s">
         <v>83</v>
       </c>
       <c r="D17" t="s">
         <v>84</v>
       </c>
       <c r="E17" t="s">
         <v>85</v>
       </c>
       <c r="F17" t="s">
         <v>86</v>
       </c>
       <c r="G17" s="1">
-        <v>1.465</v>
+        <v>1.453</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="18">
-        <v>45898</v>
+        <v>45989</v>
       </c>
       <c r="B18" t="s">
         <v>87</v>
       </c>
       <c r="C18" t="s">
         <v>88</v>
       </c>
       <c r="D18" t="s">
         <v>89</v>
       </c>
       <c r="E18" t="s">
         <v>90</v>
       </c>
       <c r="F18" t="s">
         <v>91</v>
       </c>
       <c r="G18" s="1">
-        <v>1.459</v>
+        <v>1.44</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="19">
-        <v>45898</v>
+        <v>45989</v>
       </c>
       <c r="B19" t="s">
         <v>92</v>
       </c>
       <c r="C19" t="s">
         <v>93</v>
       </c>
       <c r="D19" t="s">
         <v>94</v>
       </c>
       <c r="E19" t="s">
         <v>95</v>
       </c>
       <c r="F19" t="s">
         <v>96</v>
       </c>
       <c r="G19" s="1">
-        <v>0.972</v>
+        <v>0.987</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="20">
-        <v>45898</v>
+        <v>45989</v>
       </c>
       <c r="B20" t="s">
         <v>97</v>
       </c>
       <c r="C20" t="s">
         <v>98</v>
       </c>
       <c r="D20" t="s">
         <v>99</v>
       </c>
       <c r="E20" t="s">
         <v>100</v>
       </c>
       <c r="F20" t="s">
         <v>101</v>
       </c>
       <c r="G20" s="1">
-        <v>0.809</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="21">
-        <v>45898</v>
+        <v>45989</v>
       </c>
       <c r="B21" t="s">
         <v>102</v>
       </c>
       <c r="C21" t="s">
         <v>103</v>
       </c>
       <c r="D21" t="s">
         <v>104</v>
       </c>
       <c r="E21" t="s">
         <v>105</v>
       </c>
       <c r="F21" t="s">
         <v>106</v>
       </c>
       <c r="G21" s="1">
-        <v>0.777</v>
+        <v>0.802</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="22">
-        <v>45898</v>
+        <v>45989</v>
       </c>
       <c r="B22" t="s">
         <v>107</v>
       </c>
       <c r="C22" t="s">
         <v>108</v>
       </c>
       <c r="D22" t="s">
         <v>109</v>
       </c>
       <c r="E22" t="s">
         <v>110</v>
       </c>
       <c r="F22" t="s">
         <v>111</v>
       </c>
       <c r="G22" s="1">
-        <v>0.604</v>
+        <v>0.601</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="23">
-        <v>45898</v>
+        <v>45989</v>
       </c>
       <c r="B23" t="s">
         <v>112</v>
       </c>
       <c r="C23" t="s">
         <v>113</v>
       </c>
       <c r="D23" t="s">
         <v>114</v>
       </c>
       <c r="E23" t="s">
         <v>115</v>
       </c>
       <c r="F23" t="s">
         <v>116</v>
       </c>
       <c r="G23" s="1">
-        <v>0.589</v>
+        <v>0.598</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="24">
-        <v>45898</v>
+        <v>45989</v>
       </c>
       <c r="B24" t="s">
         <v>117</v>
       </c>
       <c r="C24" t="s">
         <v>118</v>
       </c>
       <c r="D24" t="s">
         <v>119</v>
       </c>
       <c r="E24" t="s">
         <v>120</v>
       </c>
       <c r="F24" t="s">
         <v>121</v>
       </c>
       <c r="G24" s="1">
-        <v>0.321</v>
-[...22 lines deleted...]
-        <v>0.057</v>
+        <v>0.31</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>data</vt:lpstr>